--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb95d51604aa498c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb358053b5606434d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re735d834cd1b44a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbb89fda116c42b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1986c2e800841e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re735d834cd1b44a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e645cd9db5c4204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbb89fda116c42b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Admired Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,243</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,256</x:t>
-[...9 lines deleted...]
-          <x:t>181,859</x:t>
+          <x:t>183,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>