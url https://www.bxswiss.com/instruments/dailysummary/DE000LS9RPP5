--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb358053b5606434d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f86617cf244cb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbb89fda116c42b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a7c43f638944f5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e645cd9db5c4204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbb89fda116c42b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc3b8116f7284433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a7c43f638944f5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Admired Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,256</x:t>
-[...70 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>183,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,059</x:t>
-[...156 lines deleted...]
-          <x:t>182,341</x:t>
+          <x:t>183,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,172</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>182,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>