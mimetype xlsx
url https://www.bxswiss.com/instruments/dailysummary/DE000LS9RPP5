--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f86617cf244cb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6b4726887443ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a7c43f638944f5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9d7fac7aa19440e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc3b8116f7284433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a7c43f638944f5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65f3db24dcc64c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9d7fac7aa19440e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Admired Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>187,878</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>