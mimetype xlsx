--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6b4726887443ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R969cd6dff9924faf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9d7fac7aa19440e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaaf6cfe87ef41e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65f3db24dcc64c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9d7fac7aa19440e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66b2ebb19ee1405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaaf6cfe87ef41e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Admired Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>