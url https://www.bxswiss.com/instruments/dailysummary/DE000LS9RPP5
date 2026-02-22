--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R969cd6dff9924faf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2424f07092194e5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaaf6cfe87ef41e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R963107f3ed414660"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66b2ebb19ee1405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaaf6cfe87ef41e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81e9349b3a9241cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R963107f3ed414660" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Admired Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>196,003</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>