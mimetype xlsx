--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda3b23a57b449c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08a7257e359548fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e10c16e418b42a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1d9957e8c340a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2efc85abd794fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e10c16e418b42a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3775c6f442744edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1d9957e8c340a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>49,408</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>