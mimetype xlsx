--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08a7257e359548fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f3c6dd6d4f4edf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1d9957e8c340a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R398b7debe38c4cdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3775c6f442744edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1d9957e8c340a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c5db65ab8e4a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R398b7debe38c4cdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>46,326</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>