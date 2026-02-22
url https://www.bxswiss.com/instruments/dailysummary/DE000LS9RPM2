--- v2 (2026-01-09)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f3c6dd6d4f4edf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8674e1ecaa2c4524" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R398b7debe38c4cdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf993fde55deb4647"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c5db65ab8e4a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R398b7debe38c4cdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d39a35dc904425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf993fde55deb4647" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>52,425</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>