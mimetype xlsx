--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b663804a5bc40b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87fca8b30f3946a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d8ffd5f5f04e28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radc0f4204ca74185"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18abbbf074c54a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d8ffd5f5f04e28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37b28f54933d40e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radc0f4204ca74185" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - 5G Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>102,051</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,943</x:t>
-[...323 lines deleted...]
-          <x:t>103,790</x:t>
+          <x:t>100,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>