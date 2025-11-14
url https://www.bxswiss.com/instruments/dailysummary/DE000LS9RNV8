--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87fca8b30f3946a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b7d1cb7ccb247d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radc0f4204ca74185"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0fd9fb2f28a486a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37b28f54933d40e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radc0f4204ca74185" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a2b4c70c9cd4a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0fd9fb2f28a486a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - 5G Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>