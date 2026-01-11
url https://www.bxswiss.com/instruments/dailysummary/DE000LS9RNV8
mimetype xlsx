--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b7d1cb7ccb247d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbd3889b72af438d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0fd9fb2f28a486a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f8e84651624df5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a2b4c70c9cd4a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0fd9fb2f28a486a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffdcaf3f4bdd42db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f8e84651624df5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - 5G Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,523</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>101,392</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,736</x:t>
-[...377 lines deleted...]
-          <x:t>97,456</x:t>
+          <x:t>99,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>