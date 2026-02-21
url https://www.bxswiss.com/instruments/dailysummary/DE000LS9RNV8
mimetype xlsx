--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbd3889b72af438d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64b87c726a014d10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f8e84651624df5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra40ec01c50a14c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffdcaf3f4bdd42db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f8e84651624df5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83d2bc2c42e54a89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra40ec01c50a14c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - 5G Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>97,942</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,518</x:t>
-[...220 lines deleted...]
-          <x:t>100,155</x:t>
+          <x:t>96,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>