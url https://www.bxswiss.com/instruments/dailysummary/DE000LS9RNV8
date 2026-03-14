--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64b87c726a014d10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a4fd8a05e15474e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra40ec01c50a14c97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc974ce8e735e4c04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83d2bc2c42e54a89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra40ec01c50a14c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6715005f2e34ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc974ce8e735e4c04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - 5G Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>