--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b76c50c6c46447d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8323682496e34399" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a5a0e61a2994917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fb3c83cb59a4712"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R030faa4d367f4a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a5a0e61a2994917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc7d509247fc472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fb3c83cb59a4712" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Q-IPR30 valuable patent owners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>166,992</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,612</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>