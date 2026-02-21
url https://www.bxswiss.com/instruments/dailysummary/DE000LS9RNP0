--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8323682496e34399" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2544d57da91e4bd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fb3c83cb59a4712"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R300b120a5ee74c43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc7d509247fc472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fb3c83cb59a4712" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3912743099b9481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R300b120a5ee74c43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Q-IPR30 valuable patent owners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>193,612</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>