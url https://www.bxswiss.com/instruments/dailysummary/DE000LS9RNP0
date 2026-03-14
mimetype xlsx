--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2544d57da91e4bd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf6cd166ae8d4b8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R300b120a5ee74c43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R895c1de42ec543d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3912743099b9481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R300b120a5ee74c43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94a16819019c409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R895c1de42ec543d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Q-IPR30 valuable patent owners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>200,751</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,553</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>209,453</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>