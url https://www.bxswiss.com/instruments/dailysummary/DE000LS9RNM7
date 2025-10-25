--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R091381b0247e4dd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d727a619e274c51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4185f2adf3014238"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b4d8c163ea84352"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeb5676104044811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4185f2adf3014238" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3b780dcdb3e4e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b4d8c163ea84352" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kupfer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,557</x:t>
@@ -791,31 +339,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>