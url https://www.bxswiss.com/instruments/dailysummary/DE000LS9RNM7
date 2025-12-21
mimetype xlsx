--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d727a619e274c51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971b15ee13de4aeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b4d8c163ea84352"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fbc79d0c5634174"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3b780dcdb3e4e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b4d8c163ea84352" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa850396e7944012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fbc79d0c5634174" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kupfer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>283,628</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>