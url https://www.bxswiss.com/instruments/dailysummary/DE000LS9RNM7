--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971b15ee13de4aeb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0f94dbd1c0c4dba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fbc79d0c5634174"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3ea0b522561475b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa850396e7944012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fbc79d0c5634174" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R453fea3110334ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3ea0b522561475b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kupfer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,292</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>