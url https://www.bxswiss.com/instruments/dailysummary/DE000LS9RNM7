--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0f94dbd1c0c4dba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43d5cb202e924fd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3ea0b522561475b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5870663e0144754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R453fea3110334ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3ea0b522561475b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda3eaa6217414f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5870663e0144754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kupfer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>346,227</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>