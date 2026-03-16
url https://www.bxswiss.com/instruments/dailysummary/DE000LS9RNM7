--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43d5cb202e924fd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf09848712eaa4c85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5870663e0144754"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcda8e225c5d47cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda3eaa6217414f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5870663e0144754" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99e48bf3126d406f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcda8e225c5d47cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kupfer Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>