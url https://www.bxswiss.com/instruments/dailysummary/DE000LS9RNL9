--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbfd9f54aae84274" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d1508cffd6349cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5159ebb7a18f40cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1238d73bab4e4e57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57357b121a3e48f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5159ebb7a18f40cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R354ca7d7d4f94ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1238d73bab4e4e57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZukunftstrendsBreitGestreut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>