--- v1 (2025-10-25)
+++ v2 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d1508cffd6349cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5cac4c176a04f5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1238d73bab4e4e57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9c43fdcdb6f4fa0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R354ca7d7d4f94ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1238d73bab4e4e57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8124a6c551794c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9c43fdcdb6f4fa0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZukunftstrendsBreitGestreut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>199,833</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>