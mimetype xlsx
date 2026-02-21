--- v2 (2025-12-29)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5cac4c176a04f5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81fb0892227143de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9c43fdcdb6f4fa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47a20cd7b8bb4fe4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8124a6c551794c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9c43fdcdb6f4fa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42f6d486f07f43c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47a20cd7b8bb4fe4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZukunftstrendsBreitGestreut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>195,173</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>