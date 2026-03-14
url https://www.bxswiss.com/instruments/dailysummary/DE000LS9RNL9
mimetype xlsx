--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81fb0892227143de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c473459803c4b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47a20cd7b8bb4fe4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70e5b59dcba44a08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42f6d486f07f43c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47a20cd7b8bb4fe4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c7edcaaa82a415a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70e5b59dcba44a08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZukunftstrendsBreitGestreut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>