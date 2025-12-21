--- v0 (2025-10-26)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf501ac3afa84b1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cec529a0cb64b97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bf504aeba9b4624"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0239e8ea37c24ddb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc90426fff3714378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bf504aeba9b4624" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8fb782d7e3f4cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0239e8ea37c24ddb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Fintech and Mobile Payment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>84,545</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>