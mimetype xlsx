--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cec529a0cb64b97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5508320a427449fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0239e8ea37c24ddb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d6b9b404d684a10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8fb782d7e3f4cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0239e8ea37c24ddb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51e7fc8fc6b14cc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d6b9b404d684a10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Fintech and Mobile Payment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>76,093</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>