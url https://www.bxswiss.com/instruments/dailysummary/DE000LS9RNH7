--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5508320a427449fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29f252251dc34d3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d6b9b404d684a10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd84f254f90444300"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51e7fc8fc6b14cc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d6b9b404d684a10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1127387784fa487a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd84f254f90444300" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Fintech and Mobile Payment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>