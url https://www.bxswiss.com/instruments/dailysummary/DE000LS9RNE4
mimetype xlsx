--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4900671e227041fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a8ff594d0d440b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec7bd1e97ff84580"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec93474a3f94fff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c561593536c4cfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec7bd1e97ff84580" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61639a4004d3406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec93474a3f94fff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pet Care Animal Haustiere </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,961</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,381</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>95,862</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>