--- v1 (2025-10-25)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a8ff594d0d440b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39a8ea0a4b34392" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec93474a3f94fff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54dc4b21cefe40cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61639a4004d3406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec93474a3f94fff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17b127e1b5aa4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54dc4b21cefe40cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pet Care Animal Haustiere </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>94,985</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>