--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39a8ea0a4b34392" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71378e71cc814370" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54dc4b21cefe40cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb45fd78792641e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17b127e1b5aa4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54dc4b21cefe40cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a6e0cc385804c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb45fd78792641e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pet Care Animal Haustiere </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,437 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,573</x:t>
-[...306 lines deleted...]
-          <x:t>90,181</x:t>
+          <x:t>87,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>