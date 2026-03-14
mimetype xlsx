--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71378e71cc814370" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60379f4eaac4ad7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb45fd78792641e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ce7cb4c9e604c44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a6e0cc385804c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb45fd78792641e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c885e81019f4b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ce7cb4c9e604c44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pet Care Animal Haustiere </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>87,169</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,892</x:t>
-[...269 lines deleted...]
-          <x:t>86,342</x:t>
+          <x:t>86,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>