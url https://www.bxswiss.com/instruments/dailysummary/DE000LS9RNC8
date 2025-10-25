--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45efe483740b46b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R761f60acef8043e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radf2cad15f3d4fb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9968677ab3904e6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e8247125be424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radf2cad15f3d4fb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re283733d2122467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9968677ab3904e6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - E-Commerce Online Retail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>