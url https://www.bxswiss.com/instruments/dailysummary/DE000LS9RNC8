--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R761f60acef8043e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38eb88d106474a79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9968677ab3904e6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf24399670fa40ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re283733d2122467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9968677ab3904e6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5f94dcc4faa4870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf24399670fa40ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - E-Commerce Online Retail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,695</x:t>
-[...90 lines deleted...]
-          <x:t>89,332</x:t>
+          <x:t>86,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>