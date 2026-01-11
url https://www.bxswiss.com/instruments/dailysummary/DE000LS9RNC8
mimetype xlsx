--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38eb88d106474a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6e5bf8c7823490a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf24399670fa40ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77f02525393d4b30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5f94dcc4faa4870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf24399670fa40ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0123bd64b714419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77f02525393d4b30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - E-Commerce Online Retail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>