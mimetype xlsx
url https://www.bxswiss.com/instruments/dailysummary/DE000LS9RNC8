--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6e5bf8c7823490a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d1ddb48534a4000" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77f02525393d4b30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7806cfbf59aa44ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0123bd64b714419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77f02525393d4b30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raab59065e61943d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7806cfbf59aa44ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - E-Commerce Online Retail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>92,910</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>