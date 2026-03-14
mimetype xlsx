--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d1ddb48534a4000" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe44b085c5684530" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7806cfbf59aa44ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R839254e2491b4b1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raab59065e61943d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7806cfbf59aa44ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ff543b25e514b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R839254e2491b4b1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - E-Commerce Online Retail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RNC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>