--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ac074c48d684414" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R691720ec8dc4492b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf8831ffb67a4090"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdebe08ebaff5466b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c7f516559524b04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf8831ffb67a4090" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33240e5f83f04d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdebe08ebaff5466b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fraktal und Fibonacci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>335,011</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>