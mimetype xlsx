--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R691720ec8dc4492b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19b0d7b115c04852" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdebe08ebaff5466b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d8cf59415ea4fdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33240e5f83f04d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdebe08ebaff5466b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f038eee83534bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d8cf59415ea4fdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fraktal und Fibonacci</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>