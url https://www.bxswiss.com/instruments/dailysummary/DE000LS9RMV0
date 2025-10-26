--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refd857b43ad54bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7651b49297554d6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba4faaa2563f4e31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1918b6b9f8cc47a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re306656e5985483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba4faaa2563f4e31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R340c1ee3325e4721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1918b6b9f8cc47a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gentechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>