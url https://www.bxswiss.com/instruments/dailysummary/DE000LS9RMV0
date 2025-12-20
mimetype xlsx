--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7651b49297554d6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d9782592aab41c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1918b6b9f8cc47a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00a43b7f5f454e8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R340c1ee3325e4721" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1918b6b9f8cc47a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78c8aa15546f4796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00a43b7f5f454e8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gentechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>76,557</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>