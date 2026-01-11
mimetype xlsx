--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d9782592aab41c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e6c1ecb49546aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00a43b7f5f454e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dd895d0cfdc4535"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78c8aa15546f4796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00a43b7f5f454e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60fb8bf237f6404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dd895d0cfdc4535" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gentechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>73,715</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,507</x:t>
-[...269 lines deleted...]
-          <x:t>71,358</x:t>
+          <x:t>74,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>