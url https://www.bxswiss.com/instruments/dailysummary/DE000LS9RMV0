--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e6c1ecb49546aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0bd384c444c4a13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dd895d0cfdc4535"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f97e98b50ab452c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60fb8bf237f6404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dd895d0cfdc4535" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08e108b3d78442f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f97e98b50ab452c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gentechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>73,471</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>