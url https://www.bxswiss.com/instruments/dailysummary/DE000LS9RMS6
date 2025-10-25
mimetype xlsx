--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0da40fd6afa4708" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc6d950f85c1402c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R236ea9ceb5b94b63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63af7194d7894a9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76504d5881884f38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R236ea9ceb5b94b63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39acef9f46de4449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63af7194d7894a9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Out of Kulmbach - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>