--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc6d950f85c1402c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfffd22f7f60448ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63af7194d7894a9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refdccefca6434c10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39acef9f46de4449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63af7194d7894a9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f699b6069ff4b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refdccefca6434c10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Out of Kulmbach - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>145,796</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,337</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,428</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>