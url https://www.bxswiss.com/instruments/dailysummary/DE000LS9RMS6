--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfffd22f7f60448ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70ed1b3697b4154" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refdccefca6434c10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re26cb7b2cad341a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f699b6069ff4b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refdccefca6434c10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbf54c7c743b42d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re26cb7b2cad341a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Out of Kulmbach - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>147,767</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,211</x:t>
-[...237 lines deleted...]
-          <x:t>147,518</x:t>
+          <x:t>145,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,990</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>143,058</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>