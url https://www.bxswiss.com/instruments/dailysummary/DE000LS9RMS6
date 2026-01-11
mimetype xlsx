--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70ed1b3697b4154" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc05782b17fd2421f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re26cb7b2cad341a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f0f926d6094f7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbf54c7c743b42d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re26cb7b2cad341a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa14fae8c71d4655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f0f926d6094f7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Out of Kulmbach - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,402</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>