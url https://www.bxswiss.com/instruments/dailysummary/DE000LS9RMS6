--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc05782b17fd2421f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1db0d10b57e4320" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f0f926d6094f7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd38a03b845704f40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa14fae8c71d4655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f0f926d6094f7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff5bf5f8ab784e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd38a03b845704f40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Out of Kulmbach - Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>154,673</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>