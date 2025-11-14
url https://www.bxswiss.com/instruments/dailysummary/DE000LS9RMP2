--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5ae5b084ec74e98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf176ffa8f29d4681" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48538662cc0143f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f4de3be53bd40ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b6f49ccbe28487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48538662cc0143f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65a830ba884e444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f4de3be53bd40ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Baerenhoehle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>180,969</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,303</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>180,381</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>