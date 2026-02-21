--- v1 (2025-11-14)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf176ffa8f29d4681" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a502eec625a424c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f4de3be53bd40ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4423354a829e46db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65a830ba884e444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f4de3be53bd40ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc734dd1117694aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4423354a829e46db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Baerenhoehle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>177,264</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>