--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5826a3b7d7c45ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ef5d4e8b9f842c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e8af5958f624c15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b9e87dd7324b30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9799e2c72bcd4c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e8af5958f624c15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1df0eb01d7d1438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b9e87dd7324b30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Autonomous Electric Cars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RML1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>181,037</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>