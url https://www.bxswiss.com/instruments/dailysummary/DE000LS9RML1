--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ef5d4e8b9f842c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5fa156c0e69426a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b9e87dd7324b30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44529a28f9804989"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1df0eb01d7d1438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b9e87dd7324b30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb46c1e918ffc4108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44529a28f9804989" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Autonomous Electric Cars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RML1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,435</x:t>
@@ -791,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>