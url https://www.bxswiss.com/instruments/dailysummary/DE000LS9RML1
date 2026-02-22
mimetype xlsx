--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5fa156c0e69426a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3a67178a3ea432e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44529a28f9804989"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R918c609f41b9409b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb46c1e918ffc4108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44529a28f9804989" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63bf0162515d49c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R918c609f41b9409b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Autonomous Electric Cars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RML1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>194,970</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>