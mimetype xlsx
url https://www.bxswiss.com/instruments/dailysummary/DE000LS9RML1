--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3a67178a3ea432e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R525315a11e7a4862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R918c609f41b9409b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e06a7f6592442d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63bf0162515d49c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R918c609f41b9409b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f52aa2ddac448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e06a7f6592442d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Autonomous Electric Cars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RML1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>188,333</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>188,333</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>192,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>