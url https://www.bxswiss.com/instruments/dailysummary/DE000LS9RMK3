--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red75a4bff27442c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R294b6b07982645a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b467eb7ccfd48ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R194572ef5c554fb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85a43789813c46ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b467eb7ccfd48ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aab985135af403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R194572ef5c554fb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technology Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>177,993</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>177,107</x:t>
-[...355 lines deleted...]
-          <x:t>181,926</x:t>
+          <x:t>179,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>