--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R294b6b07982645a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e18e765d224cf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R194572ef5c554fb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf32f2f14bb654cee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aab985135af403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R194572ef5c554fb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84f759d9907e42c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf32f2f14bb654cee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technology Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>