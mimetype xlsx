--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e18e765d224cf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf3bc6683e444ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf32f2f14bb654cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f238957cbf1435e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84f759d9907e42c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf32f2f14bb654cee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b3068c6723f49ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f238957cbf1435e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technology Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...517 lines deleted...]
-          <x:t>177,151</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,388</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>179,924</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>