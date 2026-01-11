--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf3bc6683e444ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R546e9196499f4fb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f238957cbf1435e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d216862a2264e7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b3068c6723f49ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f238957cbf1435e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf86350ee93344bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d216862a2264e7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technology Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,391</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>