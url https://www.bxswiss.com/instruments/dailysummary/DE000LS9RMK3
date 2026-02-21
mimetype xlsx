--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R546e9196499f4fb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30b1ee49ba94624" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d216862a2264e7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b55fcf911a34a68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf86350ee93344bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d216862a2264e7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d69a16e70ea4ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b55fcf911a34a68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technology Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>184,509</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,222</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>