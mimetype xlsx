--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30b1ee49ba94624" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0590e888901c4337" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b55fcf911a34a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5217f98fb43a4835"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d69a16e70ea4ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b55fcf911a34a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd4b9d71e28b404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5217f98fb43a4835" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technology Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RMK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,083</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>