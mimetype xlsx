--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92625317a5f4a80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ebf1bfd2cd4bad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e38b7209d2943d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffc33d5b49724aa0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8195bea018134e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e38b7209d2943d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b87c55fa5ea424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffc33d5b49724aa0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Invest Rotation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>143,690</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,324</x:t>
-[...296 lines deleted...]
-          <x:t>145,242</x:t>
+          <x:t>143,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>