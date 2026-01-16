--- v1 (2025-11-18)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ebf1bfd2cd4bad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c4d6a7301e149c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffc33d5b49724aa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fe803f9912b4d28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b87c55fa5ea424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffc33d5b49724aa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R087ba0ba9b6f4917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fe803f9912b4d28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Invest Rotation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>134,411</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>