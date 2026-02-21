--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c4d6a7301e149c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R321b507024d744be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fe803f9912b4d28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R800fc16ac6e84700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R087ba0ba9b6f4917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fe803f9912b4d28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb4f82240bbb4592" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R800fc16ac6e84700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Invest Rotation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>143,524</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,241</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>148,897</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>