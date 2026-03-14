--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R321b507024d744be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82db1413bfe4aaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R800fc16ac6e84700"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda965c93d19341d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb4f82240bbb4592" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R800fc16ac6e84700" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce18c217c294edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda965c93d19341d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Invest Rotation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>