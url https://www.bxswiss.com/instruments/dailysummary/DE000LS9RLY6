--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d48b8c0e45d4604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed8e41250f047f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe5fa873364f441f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dfbd86042564b02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa4623b743c44b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe5fa873364f441f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d911559df446ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dfbd86042564b02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of Deutschland Bruckner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>