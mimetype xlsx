--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed8e41250f047f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raacd523579d64ac5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dfbd86042564b02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5345ba162a14c77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d911559df446ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dfbd86042564b02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc390ed241814167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5345ba162a14c77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of Deutschland Bruckner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>