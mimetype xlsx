--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raacd523579d64ac5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbed7410ee8e3466a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5345ba162a14c77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2e1fad1a7c14515"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc390ed241814167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5345ba162a14c77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf25f348105f4915" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2e1fad1a7c14515" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of Deutschland Bruckner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>