--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbed7410ee8e3466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b75438b0ef4994" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2e1fad1a7c14515"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R210e07cfa3ab4627"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf25f348105f4915" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2e1fad1a7c14515" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b0baa676b04999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R210e07cfa3ab4627" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of Deutschland Bruckner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>