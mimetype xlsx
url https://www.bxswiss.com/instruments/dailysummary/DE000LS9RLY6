--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b75438b0ef4994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6daf8b398230447f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R210e07cfa3ab4627"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38152f65f31e46ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b0baa676b04999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R210e07cfa3ab4627" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc94a9c4cb7484ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38152f65f31e46ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of Deutschland Bruckner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>209,706</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>