--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6daf8b398230447f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25703ff521cb4a87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38152f65f31e46ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re43feb5ef3cc4bef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc94a9c4cb7484ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38152f65f31e46ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32b2cf50715f48bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re43feb5ef3cc4bef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dogs of Deutschland Bruckner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>