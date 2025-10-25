--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b150c3aa5ad4f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddeb434c41894bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R212994d9327b49c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c670f8e846d47f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red6029db4b74466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R212994d9327b49c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4025647ab9ba4c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c670f8e846d47f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MW Global Opportunities Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>153,826</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...424 lines deleted...]
-          <x:t>154,717</x:t>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,942</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>