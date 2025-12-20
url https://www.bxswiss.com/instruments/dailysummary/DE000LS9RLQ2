--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddeb434c41894bc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re11342bb40674583" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c670f8e846d47f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb841b6811a24542"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4025647ab9ba4c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c670f8e846d47f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0a3904d93134e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb841b6811a24542" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MW Global Opportunities Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>155,942</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>