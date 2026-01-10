--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re11342bb40674583" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa93187e9b7a46f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb841b6811a24542"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66a6a9d3fba04651"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0a3904d93134e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb841b6811a24542" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f922db449c24d6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66a6a9d3fba04651" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MW Global Opportunities Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,856</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>