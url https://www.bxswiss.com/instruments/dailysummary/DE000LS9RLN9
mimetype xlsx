--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R976a29422b174892" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb9e6c5b04e44790" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a4db8d0102f4762"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4febf68aad1041be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d745e5fa124508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a4db8d0102f4762" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc90abccfe2014bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4febf68aad1041be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investing in tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>