--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb9e6c5b04e44790" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b9724d2ea37452d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4febf68aad1041be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra158ef5049384c13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc90abccfe2014bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4febf68aad1041be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1ead4faa79140d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra158ef5049384c13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investing in tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>392,662</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>