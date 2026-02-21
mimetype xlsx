--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b9724d2ea37452d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R498f0a31365b42c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra158ef5049384c13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb7158fcc244f3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1ead4faa79140d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra158ef5049384c13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d430db8d4714aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb7158fcc244f3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investing in tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>432,444</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>