--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R498f0a31365b42c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59427f797a7244fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb7158fcc244f3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac060db98d4847b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d430db8d4714aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb7158fcc244f3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0792ec06234bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac060db98d4847b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investing in tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>