--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red0414fea08940f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b37f58d699b4608" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra43aa4827a5c4c49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb44270aca8bd49cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0492b68a40b14e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra43aa4827a5c4c49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d4c80029ac4fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb44270aca8bd49cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medical Chance </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>65,547</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>