--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b37f58d699b4608" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R036b980ca5af4653" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb44270aca8bd49cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd11cd58e46e34d77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d4c80029ac4fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb44270aca8bd49cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea5b17f4c1e473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd11cd58e46e34d77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medical Chance </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>66,246</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,914</x:t>
-[...112 lines deleted...]
-          <x:t>69,679</x:t>
+          <x:t>67,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>