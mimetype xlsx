--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R036b980ca5af4653" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf380cc19493c4664" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd11cd58e46e34d77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd124f81ccdcb4aff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea5b17f4c1e473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd11cd58e46e34d77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra027989c3bf940e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd124f81ccdcb4aff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medical Chance </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>66,009</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,731</x:t>
-[...119 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>67,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,192</x:t>
-[...495 lines deleted...]
-          <x:t>67,355</x:t>
+          <x:t>69,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>