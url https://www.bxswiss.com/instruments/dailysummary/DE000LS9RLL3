--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf380cc19493c4664" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfb18ab31dc244c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd124f81ccdcb4aff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reecd8c7ad8054a68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra027989c3bf940e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd124f81ccdcb4aff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85769d9615af4f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reecd8c7ad8054a68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medical Chance </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>68,928</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>