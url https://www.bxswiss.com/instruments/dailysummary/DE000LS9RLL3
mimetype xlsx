--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfb18ab31dc244c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6578eca0833147b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reecd8c7ad8054a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re855761fa8274308"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85769d9615af4f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reecd8c7ad8054a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3059505296b74c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re855761fa8274308" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medical Chance </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,309</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>64,843</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>