--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e0e418b18d44e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e9b8c49d7b94e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634395d29db14417"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd919db3a50f4ce3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra551ac41d80840a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634395d29db14417" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6552fbd0b6684bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd919db3a50f4ce3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunity Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>