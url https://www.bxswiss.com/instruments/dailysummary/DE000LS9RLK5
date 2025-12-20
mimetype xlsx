--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e9b8c49d7b94e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a846a5ef6114390" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd919db3a50f4ce3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3249dba9a0147c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6552fbd0b6684bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd919db3a50f4ce3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R253412ff812c40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3249dba9a0147c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunity Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>65,266</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>