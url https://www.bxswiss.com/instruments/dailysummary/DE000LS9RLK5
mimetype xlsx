--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a846a5ef6114390" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ae2b06b1158427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3249dba9a0147c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5878f24a411d45dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R253412ff812c40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3249dba9a0147c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c8e1ae6aff744d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5878f24a411d45dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunity Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>60,743</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,644</x:t>
-[...6 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>60,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,583</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>60,914</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,755</x:t>
-[...26 lines deleted...]
-          <x:t>60,793</x:t>
+          <x:t>59,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>