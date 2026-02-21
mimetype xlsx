--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ae2b06b1158427f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13961b09661d4cb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5878f24a411d45dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re35b2b7872f44e78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c8e1ae6aff744d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5878f24a411d45dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raccd20face2e4a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re35b2b7872f44e78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunity Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>60,692</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>