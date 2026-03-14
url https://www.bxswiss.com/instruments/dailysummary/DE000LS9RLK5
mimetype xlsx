--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13961b09661d4cb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7424aff953d946f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re35b2b7872f44e78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f6bc91bc55b48d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raccd20face2e4a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re35b2b7872f44e78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref2f9ddc279a470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f6bc91bc55b48d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunity Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>