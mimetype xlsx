--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7031230968be439b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb967ec282e964e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6adbc1702dc247d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc04cb2917c5d4db7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7f8bddb5d3548e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6adbc1702dc247d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R544edb1ecb4e4088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc04cb2917c5d4db7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRISPR DNA GENE EDITING Genomik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,444</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>