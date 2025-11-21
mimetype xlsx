--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb967ec282e964e40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb72759aeff0f4f3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc04cb2917c5d4db7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra37db3403d50442b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R544edb1ecb4e4088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc04cb2917c5d4db7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R941c37f20b5e44c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra37db3403d50442b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRISPR DNA GENE EDITING Genomik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>35,469</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,918</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>35,172</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,412</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>