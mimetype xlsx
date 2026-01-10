--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb72759aeff0f4f3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4641838f25a04cc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra37db3403d50442b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8094484dbcc4e59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R941c37f20b5e44c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra37db3403d50442b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd066940109f740f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8094484dbcc4e59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRISPR DNA GENE EDITING Genomik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>31,118</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>