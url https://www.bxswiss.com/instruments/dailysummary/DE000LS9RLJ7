--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4641838f25a04cc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cc43888589c40a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8094484dbcc4e59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b37039144244150"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd066940109f740f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8094484dbcc4e59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5942f831aeb243a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b37039144244150" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRISPR DNA GENE EDITING Genomik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>31,674</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>