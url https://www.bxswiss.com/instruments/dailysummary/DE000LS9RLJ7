--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cc43888589c40a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49426a4f001a4a65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b37039144244150"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e065c9aff8b48a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5942f831aeb243a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b37039144244150" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3bd97875eac4600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e065c9aff8b48a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRISPR DNA GENE EDITING Genomik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>