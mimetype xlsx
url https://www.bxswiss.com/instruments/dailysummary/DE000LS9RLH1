--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfe630bd048f4400" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e221aea785944f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf1f2d1f9f5e4b32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b1d3bb8ef74a1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa62a7e116548aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf1f2d1f9f5e4b32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d22406152524040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b1d3bb8ef74a1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wild Performer Election WPE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,929</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>