--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e221aea785944f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61bb85c2a83d478e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b1d3bb8ef74a1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R962446c271ee434b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d22406152524040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b1d3bb8ef74a1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R753731294e234b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R962446c271ee434b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wild Performer Election WPE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>80,156</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>