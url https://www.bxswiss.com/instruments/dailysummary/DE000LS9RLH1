--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61bb85c2a83d478e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fcf58dd661a4f78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R962446c271ee434b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9844c44d53b43af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R753731294e234b5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R962446c271ee434b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf8fec9cc6c14845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9844c44d53b43af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wild Performer Election WPE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>79,629</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>