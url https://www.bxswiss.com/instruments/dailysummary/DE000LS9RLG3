--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e956c3b469243c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa562f0c9104ae1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14258fef24d646d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67769b6612f9472a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1f58dffef5d4c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14258fef24d646d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc83f079865ce4e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67769b6612f9472a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Green Impact</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>