--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa562f0c9104ae1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b84c006232f48b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67769b6612f9472a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R794974ea5bc7480b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc83f079865ce4e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67769b6612f9472a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ec92c8e6cfd4aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R794974ea5bc7480b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Green Impact</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>124,301</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,057</x:t>
-[...249 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>121,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,457</x:t>
-[...198 lines deleted...]
-          <x:t>124,864</x:t>
+          <x:t>126,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>