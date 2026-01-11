--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b84c006232f48b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra987572fee9b4ef5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R794974ea5bc7480b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b0bf4804cc54de8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ec92c8e6cfd4aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R794974ea5bc7480b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R292dbb472c264a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b0bf4804cc54de8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Green Impact</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,298</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>