--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra987572fee9b4ef5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5dd02a470744565" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b0bf4804cc54de8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f94b4064a84d6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R292dbb472c264a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b0bf4804cc54de8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36d01a3d44434fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f94b4064a84d6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Green Impact</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>126,646</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,499</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>126,842</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>