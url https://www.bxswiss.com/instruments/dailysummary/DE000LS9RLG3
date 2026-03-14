--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5dd02a470744565" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafb8f6e1aa314eee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f94b4064a84d6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ca7fe8b789f4649"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36d01a3d44434fdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f94b4064a84d6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbce0b6217a234eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ca7fe8b789f4649" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Green Impact</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>