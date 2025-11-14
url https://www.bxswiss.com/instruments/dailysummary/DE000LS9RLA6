--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ea6813a638e4c68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R910fd36402ce4740" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8ac76b07c7545ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86bdc937b8a543ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04414e31ac4a4ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8ac76b07c7545ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R151b8921f0324512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86bdc937b8a543ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Projektcashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,451 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,072</x:t>
@@ -791,31 +393,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>