--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R910fd36402ce4740" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2960c1e7f8734a16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86bdc937b8a543ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a0c1bae6bf84cd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R151b8921f0324512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86bdc937b8a543ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82352d8d64cd4b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a0c1bae6bf84cd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Projektcashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,653 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...620 lines deleted...]
-          <x:t>72,867</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>