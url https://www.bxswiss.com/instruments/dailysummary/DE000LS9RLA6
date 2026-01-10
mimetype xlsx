--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2960c1e7f8734a16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac8e20118eb404d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a0c1bae6bf84cd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd35a64d262e4347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82352d8d64cd4b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a0c1bae6bf84cd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e38d1b6719f4f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd35a64d262e4347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Projektcashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>70,412</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,207</x:t>
-[...384 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>69,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>69,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>69,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>