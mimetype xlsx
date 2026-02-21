--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac8e20118eb404d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f789df8d2ba44bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd35a64d262e4347"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77bd9b6ce6604512"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e38d1b6719f4f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd35a64d262e4347" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7db790c439a74ad8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77bd9b6ce6604512" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Projektcashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>70,931</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>