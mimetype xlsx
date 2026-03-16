--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f789df8d2ba44bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R606500576a4b4b6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77bd9b6ce6604512"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74f137ce2b1148b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7db790c439a74ad8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77bd9b6ce6604512" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aee41734a704243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74f137ce2b1148b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Projektcashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RLA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...441 lines deleted...]
-          <x:t>66,020</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,596</x:t>
-[...188 lines deleted...]
-          <x:t>65,693</x:t>
+          <x:t>63,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>