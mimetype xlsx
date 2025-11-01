--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c2901c48c214afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd83f1b7343e04ae3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1ba779d048d45d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R201d281bd7924f92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R606cca20c0924cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1ba779d048d45d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4eed156feb44e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R201d281bd7924f92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lynvestor Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>