--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd83f1b7343e04ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09b124e4986f426d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R201d281bd7924f92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refe2d0ccede74b0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4eed156feb44e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R201d281bd7924f92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6998e0095564d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refe2d0ccede74b0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lynvestor Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,121</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>