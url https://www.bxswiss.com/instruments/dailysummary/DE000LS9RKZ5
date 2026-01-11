--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09b124e4986f426d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2aca09f0358408b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refe2d0ccede74b0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6e4588c409540f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6998e0095564d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refe2d0ccede74b0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856e7a2b86c24722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6e4588c409540f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lynvestor Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>188,601</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>