--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2aca09f0358408b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f69dfaf39c549b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6e4588c409540f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb148cf54824d4bba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R856e7a2b86c24722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6e4588c409540f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b93b183e77440e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb148cf54824d4bba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lynvestor Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>185,225</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>