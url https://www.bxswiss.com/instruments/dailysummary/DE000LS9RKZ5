--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f69dfaf39c549b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3088f6bac10d49a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb148cf54824d4bba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b68a40385514f78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b93b183e77440e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb148cf54824d4bba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9987f2fbef24a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b68a40385514f78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lynvestor Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,943</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>