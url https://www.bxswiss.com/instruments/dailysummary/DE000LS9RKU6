--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ad4c1366ac54c9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9eceb66653f4132" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5466c2f2a184ef7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf981f249394e4b00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0378272c57104b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5466c2f2a184ef7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfe8ea50ad594220" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf981f249394e4b00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokusiertes Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>63,014</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,978</x:t>
-[...399 lines deleted...]
-          <x:t>64,031</x:t>
+          <x:t>63,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,219</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>64,119</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>