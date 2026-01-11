--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9eceb66653f4132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radc742324eb640b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf981f249394e4b00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484696577d424f59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfe8ea50ad594220" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf981f249394e4b00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re02aa0f0879b4e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484696577d424f59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokusiertes Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>63,817</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>