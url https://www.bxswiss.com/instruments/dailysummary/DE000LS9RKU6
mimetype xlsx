--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radc742324eb640b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R034535a7473d4d57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484696577d424f59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R505813d3fbf845b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re02aa0f0879b4e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484696577d424f59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6001009ab9c41c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R505813d3fbf845b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokusiertes Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>65,996</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,064</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>66,848</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>