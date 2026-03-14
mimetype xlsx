--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R034535a7473d4d57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20d7fac6578c42d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R505813d3fbf845b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc034c7663b5e40e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6001009ab9c41c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R505813d3fbf845b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1402617f64b24e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc034c7663b5e40e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokusiertes Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,642</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>