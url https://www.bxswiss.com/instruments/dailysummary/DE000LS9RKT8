--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f775a6ce5a9490e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa09be2af7c34ccf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb964352e9364074"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad3e1bbf25434d24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7f4a298cc16428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb964352e9364074" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3176ce208afd423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad3e1bbf25434d24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Out of Kulmbach - USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,705</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>