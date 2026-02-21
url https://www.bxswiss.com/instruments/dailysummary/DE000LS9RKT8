--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa09be2af7c34ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aed1ecf541f4b1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad3e1bbf25434d24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc929d9f9b0ee4984"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3176ce208afd423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad3e1bbf25434d24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra36aa4bbf6f24d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc929d9f9b0ee4984" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Out of Kulmbach - USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>123,466</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>