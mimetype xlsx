--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aed1ecf541f4b1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf00349dfa9e4f56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc929d9f9b0ee4984"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra71e187cc04643fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra36aa4bbf6f24d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc929d9f9b0ee4984" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re46e325619984481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra71e187cc04643fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Out of Kulmbach - USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>