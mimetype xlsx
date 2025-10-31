--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75a1df5cab8c4573" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00bc542a5db24a47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f464cc1af7b473d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95468f0fb74e4dda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf99b0f5db9b041cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f464cc1af7b473d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb181121d7f14af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95468f0fb74e4dda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Cloud Computing and Data</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>