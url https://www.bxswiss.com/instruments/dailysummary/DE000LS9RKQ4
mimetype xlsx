--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00bc542a5db24a47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbec7e8d58734562" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95468f0fb74e4dda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9f50dcc7c2f41b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb181121d7f14af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95468f0fb74e4dda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5faf3285765b4556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9f50dcc7c2f41b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Cloud Computing and Data</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,003</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>