--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbec7e8d58734562" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfedb5d79c36a44de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9f50dcc7c2f41b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3f35b66d5694460"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5faf3285765b4556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9f50dcc7c2f41b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a413f8410a04e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3f35b66d5694460" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Cloud Computing and Data</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>