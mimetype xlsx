--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfedb5d79c36a44de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8630008542ea4e43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3f35b66d5694460"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167d200816bb48b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a413f8410a04e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3f35b66d5694460" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cab77fd6a2f4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167d200816bb48b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Cloud Computing and Data</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>130,120</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>