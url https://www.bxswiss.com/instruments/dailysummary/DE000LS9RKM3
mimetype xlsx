--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R093e7d0e42094f2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raccd3bf316814035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra14c1857468e4be5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3344c1980ed84441"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fc1bc3be8d94a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra14c1857468e4be5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ed9b06d55a24c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3344c1980ed84441" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comfort Maple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,368 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...316 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,511</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -704,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>