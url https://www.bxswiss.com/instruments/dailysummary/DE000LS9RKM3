--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raccd3bf316814035" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R350c59d164d747b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3344c1980ed84441"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ea25ebed014566"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ed9b06d55a24c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3344c1980ed84441" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da40cb2709041af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ea25ebed014566" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comfort Maple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>218,164</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>