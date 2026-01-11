--- v2 (2026-01-08)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R350c59d164d747b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4538db9319804324" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ea25ebed014566"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R583a8e5d5f5c406c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da40cb2709041af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ea25ebed014566" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra086c156d8dc4d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R583a8e5d5f5c406c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comfort Maple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +548,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>