--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4538db9319804324" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88a6af4b4bee4a11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R583a8e5d5f5c406c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab62ce861bba4804"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra086c156d8dc4d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R583a8e5d5f5c406c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf466f165aea4e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab62ce861bba4804" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comfort Maple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>220,018</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,826</x:t>
-        </x:is>
-[...354 lines deleted...]
-          <x:t>222,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>