--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88a6af4b4bee4a11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75354b9ab8644bab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab62ce861bba4804"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60ba443d84f84b64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf466f165aea4e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab62ce861bba4804" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ff89765ce514af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60ba443d84f84b64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Comfort Maple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>