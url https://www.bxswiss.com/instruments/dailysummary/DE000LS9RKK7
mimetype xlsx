--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97b0284681a64905" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71141aefbb34b04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re254240beb174505"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6732051011c04ab4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bd75eb313884501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re254240beb174505" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e2588ad041942ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6732051011c04ab4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Radical Green Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>