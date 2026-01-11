--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71141aefbb34b04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc146859dd0974a1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6732051011c04ab4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6509ddbaf0b74add"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e2588ad041942ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6732051011c04ab4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R784c5ae8d5c94495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6509ddbaf0b74add" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Radical Green Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...571 lines deleted...]
-          <x:t>83,115</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,432</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>84,132</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>