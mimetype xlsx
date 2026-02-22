--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc146859dd0974a1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9472aef4bdd3406b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6509ddbaf0b74add"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9504ad173d8c4272"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R784c5ae8d5c94495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6509ddbaf0b74add" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47deb9d7b5974b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9504ad173d8c4272" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Radical Green Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>86,315</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>