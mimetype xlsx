--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9472aef4bdd3406b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R092d010a63554734" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9504ad173d8c4272"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85d8071b84ff4eb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47deb9d7b5974b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9504ad173d8c4272" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b034b2469f4ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85d8071b84ff4eb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Radical Green Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>