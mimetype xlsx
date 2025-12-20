--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3ab1d9099654cb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70bccc2370614fed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51db0a6ff7b445a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1b6bab64e144082"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e70fc35af5d43b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51db0a6ff7b445a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10b2a9bd1678450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1b6bab64e144082" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>101,133</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,452</x:t>
-[...431 lines deleted...]
-          <x:t>101,131</x:t>
+          <x:t>99,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,209</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>105,668</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>