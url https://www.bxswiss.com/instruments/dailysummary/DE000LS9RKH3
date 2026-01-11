--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70bccc2370614fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d017830e7944577" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1b6bab64e144082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb042a55335244bd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10b2a9bd1678450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1b6bab64e144082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbb49f324c9442e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb042a55335244bd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>