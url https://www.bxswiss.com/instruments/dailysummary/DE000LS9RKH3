--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d017830e7944577" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34edb04574c44ffc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb042a55335244bd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a6dbf1d54e2431b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbb49f324c9442e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb042a55335244bd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aafdea62d3141f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a6dbf1d54e2431b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>108,165</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>