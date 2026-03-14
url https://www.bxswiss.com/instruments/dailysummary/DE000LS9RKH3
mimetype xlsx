--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34edb04574c44ffc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree23ea0154484aa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a6dbf1d54e2431b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315a988c22084e9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aafdea62d3141f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a6dbf1d54e2431b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2b2d294838b4b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315a988c22084e9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrends Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>