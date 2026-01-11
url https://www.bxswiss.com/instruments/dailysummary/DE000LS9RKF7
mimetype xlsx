--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb798bac8f1fc4876" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc4b544428564dc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc968fd91f6a4c8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b1508785b69439e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re30f47add4554730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc968fd91f6a4c8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f102f86176a45af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b1508785b69439e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Companies Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>