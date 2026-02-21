--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc4b544428564dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ead51b02e9045a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b1508785b69439e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7965a6d085644d2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f102f86176a45af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b1508785b69439e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9da6db269a9e4b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7965a6d085644d2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Companies Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>204,483</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>