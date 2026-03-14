--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ead51b02e9045a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8dc73e6479c46b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7965a6d085644d2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc143ff5eb2194e1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9da6db269a9e4b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7965a6d085644d2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda6e0706d4094c2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc143ff5eb2194e1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Companies Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>