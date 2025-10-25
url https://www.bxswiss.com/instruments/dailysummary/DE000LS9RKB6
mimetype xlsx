--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfbdb78dea504e0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6795fad1a96480e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ae8d85298954e22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9336eac21b84f55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cc0a998577a498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ae8d85298954e22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radec55702c2a46e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9336eac21b84f55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIO PLASTIK RECYCLING Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>