--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6795fad1a96480e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ea6e022478c46a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9336eac21b84f55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R406299ab17554bf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radec55702c2a46e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9336eac21b84f55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64064bc3fc564626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R406299ab17554bf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIO PLASTIK RECYCLING Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,991</x:t>
-[...151 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>66,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,898</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>67,109</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>