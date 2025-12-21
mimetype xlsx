--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ea6e022478c46a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92e37504152845d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R406299ab17554bf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2648eab5d5d94097"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64064bc3fc564626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R406299ab17554bf1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d6872443954416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2648eab5d5d94097" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIO PLASTIK RECYCLING Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,719</x:t>
-[...549 lines deleted...]
-          <x:t>62,862</x:t>
+          <x:t>64,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>