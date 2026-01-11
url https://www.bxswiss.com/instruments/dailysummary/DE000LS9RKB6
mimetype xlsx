--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92e37504152845d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a30efee7b1f4d97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2648eab5d5d94097"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bfeb8f73391450b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d6872443954416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2648eab5d5d94097" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6359e34bd9924a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bfeb8f73391450b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIO PLASTIK RECYCLING Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>66,683</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>65,063</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>