--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a30efee7b1f4d97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b002c59c3c946ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bfeb8f73391450b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40fe6fdd47754d42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6359e34bd9924a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bfeb8f73391450b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94b5a5d757e34834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40fe6fdd47754d42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIO PLASTIK RECYCLING Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>68,588</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>