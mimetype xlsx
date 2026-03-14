--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b002c59c3c946ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R875514848375427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40fe6fdd47754d42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28c70df14fe94ea4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94b5a5d757e34834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40fe6fdd47754d42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42bf0485e8654743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28c70df14fe94ea4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIO PLASTIK RECYCLING Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...288 lines deleted...]
-          <x:t>68,554</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,044</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>69,381</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,052</x:t>
@@ -751,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>