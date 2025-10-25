--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6a6f7a4c7d24d9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb632874a2c14b72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c017ae591314c83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra054071d468f4c23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re77627f7b6ca4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c017ae591314c83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7b8a3f0666747af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra054071d468f4c23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha Factor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>