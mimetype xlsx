--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb632874a2c14b72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09ebfd25a9e74e25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra054071d468f4c23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb32effd7fe194b95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7b8a3f0666747af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra054071d468f4c23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e9a7af70034483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb32effd7fe194b95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha Factor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>85,388</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>