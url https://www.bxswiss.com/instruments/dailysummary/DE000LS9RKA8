--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09ebfd25a9e74e25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14f925f91a3c4572" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb32effd7fe194b95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R252f515605e748bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e9a7af70034483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb32effd7fe194b95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cbdb4ce0e084a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R252f515605e748bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha Factor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,811</x:t>
-[...414 lines deleted...]
-          <x:t>88,768</x:t>
+          <x:t>91,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>