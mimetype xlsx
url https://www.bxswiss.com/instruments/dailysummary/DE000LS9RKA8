--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14f925f91a3c4572" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae5654628d174979" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R252f515605e748bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a63b8f746004166"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cbdb4ce0e084a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R252f515605e748bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9bca80b6c094b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a63b8f746004166" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha Factor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RKA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,773</x:t>
-[...360 lines deleted...]
-          <x:t>93,634</x:t>
+          <x:t>90,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>