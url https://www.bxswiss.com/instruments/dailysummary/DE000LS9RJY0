--- v0 (2025-10-04)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31dcce5e364848f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c59d3772e234541" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R753bafd02a6d4192"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69f46ff6456b4584"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fa16a52205c4ccd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R753bafd02a6d4192" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f48ec5e4a344511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69f46ff6456b4584" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>precious metals explorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>18,299</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,266</x:t>
-[...124 lines deleted...]
-          <x:t>18,214</x:t>
+          <x:t>18,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,174</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>18,196</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,209</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>18,219</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>