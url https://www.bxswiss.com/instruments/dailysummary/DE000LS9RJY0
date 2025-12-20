--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c59d3772e234541" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a866e73df1f4470" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69f46ff6456b4584"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80fd9500c2ca4828"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f48ec5e4a344511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69f46ff6456b4584" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b28a9b89df4c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80fd9500c2ca4828" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>precious metals explorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,208</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>18,239</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,226</x:t>
+          <x:t>18,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,245</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,288</x:t>
-[...75 lines deleted...]
-          <x:t>18,216</x:t>
+          <x:t>18,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,223</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>08.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,186</x:t>
-[...43 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,185</x:t>
-        </x:is>
-[...391 lines deleted...]
-          <x:t>18,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>