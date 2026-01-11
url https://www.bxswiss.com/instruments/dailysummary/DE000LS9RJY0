--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a866e73df1f4470" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R954a692e95c8456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80fd9500c2ca4828"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5881035c2e274c39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b28a9b89df4c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80fd9500c2ca4828" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b30165e233c41c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5881035c2e274c39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>precious metals explorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,672 +149,483 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,246</x:t>
-[...58 lines deleted...]
-          <x:t>18,195</x:t>
+          <x:t>18,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,215</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...388 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,173</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>