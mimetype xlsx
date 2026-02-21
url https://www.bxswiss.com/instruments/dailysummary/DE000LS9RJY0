--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R954a692e95c8456a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f8585236cd44ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5881035c2e274c39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra88a5f0bedb94a51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b30165e233c41c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5881035c2e274c39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R448f53b5790e40c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra88a5f0bedb94a51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>precious metals explorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>18,185</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>