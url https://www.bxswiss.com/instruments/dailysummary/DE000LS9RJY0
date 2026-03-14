--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f8585236cd44ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83599c62e7804947" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra88a5f0bedb94a51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b5b93a5b7484a11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R448f53b5790e40c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra88a5f0bedb94a51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd35b7376dd794d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b5b93a5b7484a11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>precious metals explorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>