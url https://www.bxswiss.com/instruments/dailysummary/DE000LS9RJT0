--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02f78023c0984654" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cf7239e7a404f20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4a36556245047e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e5d04d05c994ecb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32a16e1971a4eeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4a36556245047e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6ae30026ca04a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e5d04d05c994ecb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeitinvestment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>168,662</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>