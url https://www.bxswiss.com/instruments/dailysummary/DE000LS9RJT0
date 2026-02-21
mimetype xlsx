--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cf7239e7a404f20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6798689d488e449d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e5d04d05c994ecb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb313bd18ef4941"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6ae30026ca04a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e5d04d05c994ecb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8afd505ea145e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb313bd18ef4941" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeitinvestment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>173,769</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,507</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>177,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>