--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6798689d488e449d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58594b3617e7492e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb313bd18ef4941"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dc5aed589cb473f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8afd505ea145e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb313bd18ef4941" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R400d6336b7d047db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dc5aed589cb473f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeitinvestment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>