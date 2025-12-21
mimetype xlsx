--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4129f4a246a047b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4965cc1681b24880" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2140233607534e40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R483df3d97ae54568"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5565f62e38d49cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2140233607534e40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c2b42971544802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R483df3d97ae54568" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Investieren nach Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>219,743</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>