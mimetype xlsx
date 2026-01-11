--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4965cc1681b24880" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb15363ac7a24a89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R483df3d97ae54568"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67b08f35e8ac4448"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c2b42971544802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R483df3d97ae54568" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R268aee4dec564732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67b08f35e8ac4448" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Investieren nach Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>