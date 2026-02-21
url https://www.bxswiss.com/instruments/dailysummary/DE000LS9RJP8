--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb15363ac7a24a89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6319a6f2f17f4dd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67b08f35e8ac4448"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb63e66a929224093"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R268aee4dec564732" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67b08f35e8ac4448" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R564330ed1b424f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb63e66a929224093" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Investieren nach Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>208,418</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>219,999</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>