--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6319a6f2f17f4dd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92a62716cbe74003" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb63e66a929224093"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabe0617f90c649c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R564330ed1b424f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb63e66a929224093" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20c51f4170a64e73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabe0617f90c649c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Investieren nach Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,538</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...632 lines deleted...]
-          <x:t>222,497</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>