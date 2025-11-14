--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f8c61edef084769" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33bf65d484284339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37ba6cada9ec48f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f32e8c14d19422a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0febc425d24f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37ba6cada9ec48f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e4fb5f908a403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f32e8c14d19422a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth2050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>101,186</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,738</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>101,736</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>