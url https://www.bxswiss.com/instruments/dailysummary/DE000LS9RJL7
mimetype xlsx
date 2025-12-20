--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33bf65d484284339" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra70d9eda550b45b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f32e8c14d19422a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd14f3d4d9f1d412b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e4fb5f908a403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f32e8c14d19422a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R900618714e2444a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd14f3d4d9f1d412b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth2050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>98,927</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,673</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>101,323</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>