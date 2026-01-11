--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra70d9eda550b45b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e031f049ad4968" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd14f3d4d9f1d412b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03a1ff2f44404d0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R900618714e2444a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd14f3d4d9f1d412b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4664c7490cbc4b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03a1ff2f44404d0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth2050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>