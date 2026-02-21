--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e031f049ad4968" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc26a6aa4b6c548ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03a1ff2f44404d0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9a39db1667c4cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4664c7490cbc4b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03a1ff2f44404d0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8df21bc239b449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9a39db1667c4cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth2050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>103,246</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>