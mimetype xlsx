--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc26a6aa4b6c548ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f6cd4772e924baf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9a39db1667c4cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R082edd10ad524901"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8df21bc239b449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9a39db1667c4cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R551686d2f08548e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R082edd10ad524901" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth2050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>