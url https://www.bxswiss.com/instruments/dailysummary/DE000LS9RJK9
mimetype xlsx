--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f06fe5fbff84463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2fa51c4eb064c03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R340add1833424ba4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18c61e60f51408b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf592ffde0cb14de5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R340add1833424ba4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ee60526ede2487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18c61e60f51408b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Paradigm Shift</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>