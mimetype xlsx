--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2fa51c4eb064c03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03587f5af43648a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18c61e60f51408b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9208044827f43c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ee60526ede2487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18c61e60f51408b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf753a82f47fa4044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9208044827f43c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Paradigm Shift</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>