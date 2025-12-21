--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03587f5af43648a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f5cd6dcda64ed3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9208044827f43c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5252104fc5eb47a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf753a82f47fa4044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9208044827f43c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb3e0643d23547e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5252104fc5eb47a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Paradigm Shift</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...365 lines deleted...]
-          <x:t>164,164</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.11.2025</x:t>
-[...262 lines deleted...]
-          <x:t>165,235</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>