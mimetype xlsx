--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f5cd6dcda64ed3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R973d732e257b422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5252104fc5eb47a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba4bc2c4b8f84098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb3e0643d23547e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5252104fc5eb47a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7db182561444cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba4bc2c4b8f84098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Paradigm Shift</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>