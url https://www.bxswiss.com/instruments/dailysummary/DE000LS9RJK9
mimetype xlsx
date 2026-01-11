--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R973d732e257b422b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fa8d99dab244c7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba4bc2c4b8f84098"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d1d175f5b5946d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7db182561444cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba4bc2c4b8f84098" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78fc80c85d1442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d1d175f5b5946d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Paradigm Shift</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>