--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fa8d99dab244c7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e498b46b9c4823" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d1d175f5b5946d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6a189e720b64565"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78fc80c85d1442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d1d175f5b5946d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4109c9a362147cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6a189e720b64565" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Paradigm Shift</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>183,018</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,512</x:t>
-[...58 lines deleted...]
-          <x:t>181,585</x:t>
+          <x:t>185,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>