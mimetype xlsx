--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e498b46b9c4823" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad63bc9af80f449d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6a189e720b64565"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8949d6e24664185"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4109c9a362147cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6a189e720b64565" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6816c0866936478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8949d6e24664185" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Paradigm Shift</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,748</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>