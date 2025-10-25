--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1bb9f1cc6d541bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf62dea751e94c07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cc7bfbc84134aae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R784d904d20984475"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53965d50d53a4552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cc7bfbc84134aae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd3bf7ccce049a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R784d904d20984475" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Aktien mit System dyn.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>116,366</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,234</x:t>
-[...269 lines deleted...]
-          <x:t>116,946</x:t>
+          <x:t>115,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>