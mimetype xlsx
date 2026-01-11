--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf62dea751e94c07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcac484e3be4747be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R784d904d20984475"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f9e967f40a4a5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd3bf7ccce049a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R784d904d20984475" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e2dbb98363144a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f9e967f40a4a5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Aktien mit System dyn.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>115,414</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,417</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>116,035</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>