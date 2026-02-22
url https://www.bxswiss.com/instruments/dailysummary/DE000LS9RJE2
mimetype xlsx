--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcac484e3be4747be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf12fdadb82b8421f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f9e967f40a4a5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63b5e519e2e747d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e2dbb98363144a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f9e967f40a4a5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re98a3f389b424514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63b5e519e2e747d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Aktien mit System dyn.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>116,962</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>