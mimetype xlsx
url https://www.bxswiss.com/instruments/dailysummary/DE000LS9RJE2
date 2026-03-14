--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf12fdadb82b8421f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b4e90c66ff3411a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63b5e519e2e747d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R160d0f19e0524c60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re98a3f389b424514" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63b5e519e2e747d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ccc539e83264315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R160d0f19e0524c60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Aktien mit System dyn.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>