--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec40ef9a77194d1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29b3a36b197a4063" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952f3c8f0260489e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba522d116e442f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd34777fe6fd48a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952f3c8f0260489e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f86e077df664462" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba522d116e442f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raumfahrt im 21. Jahrhundert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>