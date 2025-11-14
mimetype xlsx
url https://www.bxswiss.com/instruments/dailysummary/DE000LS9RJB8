--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29b3a36b197a4063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc153e548c52a42f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba522d116e442f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21de5ceb3ab7419a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f86e077df664462" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba522d116e442f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01e35daf3904672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21de5ceb3ab7419a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raumfahrt im 21. Jahrhundert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>