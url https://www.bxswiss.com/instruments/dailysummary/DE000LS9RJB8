--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc153e548c52a42f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb6b2d9f2a2c4b27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21de5ceb3ab7419a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda7a83f153a741ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01e35daf3904672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21de5ceb3ab7419a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0dc055b115e4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda7a83f153a741ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raumfahrt im 21. Jahrhundert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,444 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>233,704</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>