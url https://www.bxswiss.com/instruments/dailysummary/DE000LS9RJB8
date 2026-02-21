--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb6b2d9f2a2c4b27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa6c69aaf4444e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda7a83f153a741ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe90aed921ac4b31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0dc055b115e4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda7a83f153a741ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0991593ad1b41a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe90aed921ac4b31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raumfahrt im 21. Jahrhundert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,444 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...411 lines deleted...]
-          <x:t>261,441</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>