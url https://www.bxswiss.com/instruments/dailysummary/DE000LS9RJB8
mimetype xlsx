--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa6c69aaf4444e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c64a0577cf4793" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe90aed921ac4b31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc849d98d65eb4bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0991593ad1b41a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe90aed921ac4b31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa221071496849cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc849d98d65eb4bed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Raumfahrt im 21. Jahrhundert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RJB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>