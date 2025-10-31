--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce9645b3b194d9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4504d57b129d4540" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1574a33e7bfa4822"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a01d767107545bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11a7b353904442d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1574a33e7bfa4822" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27388955317e41d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a01d767107545bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Innovation </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>