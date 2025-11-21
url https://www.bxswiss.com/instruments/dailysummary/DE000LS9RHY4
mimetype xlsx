--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4504d57b129d4540" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a16331dd00445b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a01d767107545bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1ee6c9dbf9d4591"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27388955317e41d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a01d767107545bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05e49afbd0d4a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1ee6c9dbf9d4591" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Innovation </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,195</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>