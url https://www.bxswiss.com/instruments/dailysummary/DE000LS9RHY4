--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a16331dd00445b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0cc22e33ea74b3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1ee6c9dbf9d4591"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R661921e79e16485d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05e49afbd0d4a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1ee6c9dbf9d4591" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cd2bb45a7744ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R661921e79e16485d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Innovation </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,513</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>