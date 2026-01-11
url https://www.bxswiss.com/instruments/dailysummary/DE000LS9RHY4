--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0cc22e33ea74b3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60425d27d2dd437e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R661921e79e16485d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49b7dfaf471f462d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cd2bb45a7744ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R661921e79e16485d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71aed2140f3f4dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49b7dfaf471f462d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Innovation </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,675</x:t>
-[...80 lines deleted...]
-          <x:t>116,586</x:t>
+          <x:t>118,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,070</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>116,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,010</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>114,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,358</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>