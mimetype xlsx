--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60425d27d2dd437e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb02278a49dd452a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49b7dfaf471f462d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0112fbe7bb4e4c05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71aed2140f3f4dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49b7dfaf471f462d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2cfede617bf499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0112fbe7bb4e4c05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Innovation </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>114,438</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>