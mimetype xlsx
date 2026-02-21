--- v5 (2026-02-21)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb02278a49dd452a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62ba33e2578f49a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0112fbe7bb4e4c05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf71b483d7c474775"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2cfede617bf499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0112fbe7bb4e4c05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0caa5af092ca4ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf71b483d7c474775" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Innovation </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,838</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>