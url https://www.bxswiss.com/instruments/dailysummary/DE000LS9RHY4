--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62ba33e2578f49a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b5224a1d6946d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf71b483d7c474775"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8ca79d483f2492f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0caa5af092ca4ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf71b483d7c474775" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfe72499acf14ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8ca79d483f2492f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Innovation </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>