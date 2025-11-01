--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8dcf8a2c3c64209" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb39553b0d894233" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R738dce09efb548bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra402bb6f54004b7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a796fda81164954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R738dce09efb548bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ad76cfc420b4009" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra402bb6f54004b7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12Seasons</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>