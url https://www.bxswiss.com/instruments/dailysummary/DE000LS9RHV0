--- v1 (2025-11-01)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb39553b0d894233" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09eaaa477da04c13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra402bb6f54004b7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2afc376c5b4282"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ad76cfc420b4009" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra402bb6f54004b7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6a7f0ecdaa94a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2afc376c5b4282" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12Seasons</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>68,722</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>