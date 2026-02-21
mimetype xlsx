--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09eaaa477da04c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R960f5732a8ba4e7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2afc376c5b4282"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re076287fc69749a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6a7f0ecdaa94a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2afc376c5b4282" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc423c8aba979458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re076287fc69749a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12Seasons</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>57,401</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,570</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>58,744</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>