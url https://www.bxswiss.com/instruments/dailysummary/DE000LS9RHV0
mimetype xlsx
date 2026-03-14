--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R960f5732a8ba4e7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cac6cfe9da54cc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re076287fc69749a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d8678a8340348eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc423c8aba979458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re076287fc69749a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dc9e3e5485942c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d8678a8340348eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12Seasons</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,666</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>