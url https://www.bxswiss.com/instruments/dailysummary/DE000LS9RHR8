--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad6c96627d394a48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62030ab2a4c14348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21bc7561c85a4465"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51980f8713074755"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f44da57d904fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21bc7561c85a4465" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69951ff880cc49bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51980f8713074755" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Value and Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,780</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>