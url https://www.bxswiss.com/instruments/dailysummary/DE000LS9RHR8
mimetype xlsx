--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62030ab2a4c14348" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd053f4029ec4bb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51980f8713074755"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fc69723da0b47ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69951ff880cc49bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51980f8713074755" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ada2433bf2249ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fc69723da0b47ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Value and Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>