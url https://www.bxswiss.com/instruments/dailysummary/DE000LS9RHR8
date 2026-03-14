--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd053f4029ec4bb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re69640489f3d41d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fc69723da0b47ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d7d55ba7163478d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ada2433bf2249ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fc69723da0b47ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23f7a9c2fc294af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d7d55ba7163478d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Value and Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,360</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>