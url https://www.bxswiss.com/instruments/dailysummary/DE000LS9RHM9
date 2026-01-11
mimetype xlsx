--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R296f7f8c61e04e0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ea81d16254849cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R913528916a2449dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a99fe3de7064a12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3c73ed5122d4ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R913528916a2449dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dfcb45f4db64edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a99fe3de7064a12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,773</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>