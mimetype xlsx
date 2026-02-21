--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ea81d16254849cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a73534b5f784ee4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a99fe3de7064a12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R524de6772a9a4d2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dfcb45f4db64edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a99fe3de7064a12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9433478f213f4f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R524de6772a9a4d2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,136</x:t>
-[...414 lines deleted...]
-          <x:t>102,613</x:t>
+          <x:t>98,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>