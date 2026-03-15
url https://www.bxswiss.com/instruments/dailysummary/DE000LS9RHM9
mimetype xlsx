--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a73534b5f784ee4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd24ba9968d0a4416" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R524de6772a9a4d2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cda3d343879446b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9433478f213f4f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R524de6772a9a4d2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf78002e30eee4f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cda3d343879446b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...441 lines deleted...]
-          <x:t>95,283</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,579</x:t>
-[...11 lines deleted...]
-          <x:t>94,326</x:t>
+          <x:t>93,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,587</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>