--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc45372b96934752" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83371f9445c04a36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdda5285a857a4b1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a807959796c4456"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76f08f4c18e84ad8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdda5285a857a4b1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b5c5f130a40497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a807959796c4456" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Cannabis Maxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,268 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...216 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,572</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -604,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>