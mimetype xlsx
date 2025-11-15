--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83371f9445c04a36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra81a75bed2d64ece" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a807959796c4456"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05a1e88999f44686"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b5c5f130a40497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a807959796c4456" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc7b0a2a140c4773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05a1e88999f44686" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Cannabis Maxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,380</x:t>
@@ -791,31 +366,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,879</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>