--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra81a75bed2d64ece" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc453d8165c8412a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05a1e88999f44686"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d200472a684498a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc7b0a2a140c4773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05a1e88999f44686" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81829573c811462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d200472a684498a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Cannabis Maxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,653 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...43 lines deleted...]
-          <x:t>38,582</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,322</x:t>
-[...566 lines deleted...]
-          <x:t>36,879</x:t>
+          <x:t>37,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>