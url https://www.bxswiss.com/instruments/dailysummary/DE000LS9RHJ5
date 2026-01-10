--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc453d8165c8412a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70127fd71e9c4966" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d200472a684498a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a868a57fa44c88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81829573c811462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d200472a684498a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03bf2592725b433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a868a57fa44c88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Cannabis Maxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>