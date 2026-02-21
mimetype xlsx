--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70127fd71e9c4966" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f49fa30d0e48e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a868a57fa44c88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc42434b2bb184068"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03bf2592725b433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a868a57fa44c88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f61b4a36ed4152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc42434b2bb184068" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Cannabis Maxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>39,485</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,323</x:t>
-[...404 lines deleted...]
-          <x:t>40,623</x:t>
+          <x:t>39,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>