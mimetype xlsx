--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f49fa30d0e48e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R724dc73e77af41c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc42434b2bb184068"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R882f5a84b3c74c86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f61b4a36ed4152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc42434b2bb184068" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2f697b2aef746b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R882f5a84b3c74c86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Euro Cannabis Maxx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,50 +339,455 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>