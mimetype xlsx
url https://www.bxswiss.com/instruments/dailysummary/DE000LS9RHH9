--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a3f8ea2ab5a4f90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40786afe5469458f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9115f4e47d2d4039"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c7cb2de42f46fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd41b390d633e44ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9115f4e47d2d4039" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1d438d771341ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c7cb2de42f46fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Prime Standard</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>