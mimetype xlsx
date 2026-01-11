--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40786afe5469458f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4d816f024842be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99c7cb2de42f46fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R707e7e9eecaa4411"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1d438d771341ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99c7cb2de42f46fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2e1ffe04a5c4091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R707e7e9eecaa4411" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Prime Standard</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>172,341</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>171,323</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>172,813</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>175,218</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>