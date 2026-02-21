--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4d816f024842be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6900856c71c64663" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R707e7e9eecaa4411"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15aa70f0fccf4aa6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2e1ffe04a5c4091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R707e7e9eecaa4411" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc4801c88f84969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15aa70f0fccf4aa6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Prime Standard</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>176,809</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>