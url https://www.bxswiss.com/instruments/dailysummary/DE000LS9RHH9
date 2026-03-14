--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6900856c71c64663" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7c0e603d5af4f6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15aa70f0fccf4aa6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd12028bb63714373"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc4801c88f84969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15aa70f0fccf4aa6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e4aa13e7b44782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd12028bb63714373" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Prime Standard</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>161,482</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,266</x:t>
-[...156 lines deleted...]
-          <x:t>158,414</x:t>
+          <x:t>160,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,403</x:t>
-[...80 lines deleted...]
-          <x:t>161,242</x:t>
+          <x:t>158,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>