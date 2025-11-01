--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R196e62ac764140d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccdf6ce129864bee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dc95f5e68f94bc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd9061e67c2744e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d0cc555ecb146ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dc95f5e68f94bc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R690f9eacfa6a4cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd9061e67c2744e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchain Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>