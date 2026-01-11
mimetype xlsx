--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccdf6ce129864bee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0330bef1ef7b4963" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd9061e67c2744e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b5f321e9718496c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R690f9eacfa6a4cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd9061e67c2744e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bed5c58518f4a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b5f321e9718496c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchain Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>211,125</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>