--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0330bef1ef7b4963" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14b8815698bf4a50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b5f321e9718496c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc02d6dd7a17443f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bed5c58518f4a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b5f321e9718496c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra267023dcfba477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc02d6dd7a17443f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchain Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,273 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>171,278</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>