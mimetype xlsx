--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14b8815698bf4a50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R195131a441ac43bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc02d6dd7a17443f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56b22ef5860147b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra267023dcfba477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc02d6dd7a17443f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a8cc57eda7a4595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56b22ef5860147b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchain Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RHC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,176 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,205</x:t>
@@ -391,31 +265,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>