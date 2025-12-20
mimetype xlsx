--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e8cc98199754f70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf50832fd52ab45d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R587d7a6cd1f5476e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4161c9bd94464d1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15661e3dd5e74a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R587d7a6cd1f5476e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd21be01e10e4490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4161c9bd94464d1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kanada und USA Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>139,417</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>