--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf50832fd52ab45d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb37237b9a9e74d87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4161c9bd94464d1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref88fa389cb6467f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd21be01e10e4490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4161c9bd94464d1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2692b3430a0e4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref88fa389cb6467f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kanada und USA Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>