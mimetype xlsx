--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb37237b9a9e74d87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8888e43d9fdf473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref88fa389cb6467f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1084a2684124307"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2692b3430a0e4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref88fa389cb6467f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48d8ccb2514e48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1084a2684124307" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kanada und USA Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>150,022</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>