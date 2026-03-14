--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8888e43d9fdf473f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12171cd0391b431c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1084a2684124307"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ef8093f49064ddc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48d8ccb2514e48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1084a2684124307" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9db83e189ab423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ef8093f49064ddc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kanada und USA Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>147,643</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,381</x:t>
-[...151 lines deleted...]
-          <x:t>147,521</x:t>
+          <x:t>146,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,025</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>146,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>